--- v0 (2025-10-09)
+++ v1 (2025-12-12)
@@ -1,799 +1,527 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="12EEE431" w14:textId="447D5944" w:rsidR="00EF147B" w:rsidRPr="00D8103A" w:rsidRDefault="00C513B0" w:rsidP="005211D9">
-      <w:pPr>
+    <w:p w14:paraId="5709161F" w14:textId="31FE9A67" w:rsidR="001572C1" w:rsidRDefault="00BB3F04" w:rsidP="001572C1">
+      <w:pPr>
+        <w:pStyle w:val="Normal1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Firstname</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001572C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Lastname</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001572C1" w:rsidRPr="0034631E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A28CD7" w14:textId="77777777" w:rsidR="001572C1" w:rsidRDefault="001572C1" w:rsidP="001572C1">
+      <w:pPr>
+        <w:pStyle w:val="Normal1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034631E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034631E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">555-5555 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034631E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034631E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0064">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>horned.frogs@tcu.edu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0101C4F6" w14:textId="77777777" w:rsidR="001572C1" w:rsidRDefault="001572C1" w:rsidP="001572C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>www.linkedin.com/in/hornedfrogs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA3B5F1" w14:textId="77777777" w:rsidR="00BB3F04" w:rsidRPr="00BB3F04" w:rsidRDefault="00BB3F04" w:rsidP="00BB3F04">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>EDUCATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F879EC4" w14:textId="32F6C7CF" w:rsidR="00BB3F04" w:rsidRPr="00BB3F04" w:rsidRDefault="00BB3F04" w:rsidP="00BB3F04">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Texas Christian University,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Neeley School of Business</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Fort Worth, TX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20E2923B" w14:textId="32AE5671" w:rsidR="00BB3F04" w:rsidRPr="00BB3F04" w:rsidRDefault="00BB3F04" w:rsidP="00BB3F04">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Bachelor of Business Administration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>May</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20xx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F10B0C9" w14:textId="0FF70D2F" w:rsidR="00BB3F04" w:rsidRPr="00BB3F04" w:rsidRDefault="00BB3F04" w:rsidP="00BB3F04">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Major:  Minor:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GPA: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>x.xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="24A1F464" w14:textId="70724CAE" w:rsidR="00BB3F04" w:rsidRPr="00BB3F04" w:rsidRDefault="00BB3F04" w:rsidP="00BB3F04">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">High School Name </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Unweighted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>GPA: X.XX/4.0; ACT: XX and/or SAT: XXXX, if applicable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F676ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>City, State</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74295F7E" w14:textId="40A00C68" w:rsidR="00BB3F04" w:rsidRPr="00BB3F04" w:rsidRDefault="00BB3F04" w:rsidP="00BB3F04">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Important notes about your high school</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>May 20xx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50336EEE" w14:textId="77777777" w:rsidR="00BB3F04" w:rsidRPr="00BB3F04" w:rsidRDefault="00BB3F04" w:rsidP="005211D9">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10627"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...23 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="12490DD0" w14:textId="0E8CDFB4" w:rsidR="00AF6DE8" w:rsidRPr="00EA0A07" w:rsidRDefault="00C513B0" w:rsidP="00AF6DE8">
-[...179 lines deleted...]
-    <w:p w14:paraId="4ECF57EA" w14:textId="77777777" w:rsidR="00EF147B" w:rsidRPr="00BD3695" w:rsidRDefault="00EF147B" w:rsidP="005211D9">
+    <w:p w14:paraId="1F30CCBA" w14:textId="72415A55" w:rsidR="00EF147B" w:rsidRPr="00BB3F04" w:rsidRDefault="00A3393C" w:rsidP="005211D9">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10627"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BD3695">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t>EDUCATION</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">COLLEGE </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF147B" w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>EXPERIENCE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="036C7BF6" w14:textId="03DBF499" w:rsidR="00EF147B" w:rsidRPr="00632B58" w:rsidRDefault="00F9469D" w:rsidP="00A57BF4">
-[...419 lines deleted...]
-    <w:p w14:paraId="79D358A6" w14:textId="44CF7967" w:rsidR="00D61B38" w:rsidRPr="00632B58" w:rsidRDefault="00C513B0" w:rsidP="006C6091">
+    <w:p w14:paraId="79D358A6" w14:textId="1F0D25C7" w:rsidR="00D61B38" w:rsidRPr="00BB3F04" w:rsidRDefault="00C513B0" w:rsidP="006C6091">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10627"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00632B58">
+      <w:r w:rsidRPr="00BB3F04">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Organization/Team Name</w:t>
       </w:r>
-      <w:r w:rsidR="00D61B38" w:rsidRPr="00632B58">
+      <w:r w:rsidR="00BB3F04" w:rsidRPr="00BB3F04">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3F04" w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>City, State</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61B38" w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00632B58">
-[...4 lines deleted...]
-        <w:t>City, State</w:t>
+      <w:r w:rsidR="00BB3F04" w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Month Year – Month Year</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CE75CBB" w14:textId="4595DE90" w:rsidR="00D718A7" w:rsidRPr="00632B58" w:rsidRDefault="00C513B0" w:rsidP="00D718A7">
+    <w:p w14:paraId="0CE75CBB" w14:textId="018EBB1D" w:rsidR="00D718A7" w:rsidRPr="00632B58" w:rsidRDefault="00C513B0" w:rsidP="00D718A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10627"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00632B58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Role/Title</w:t>
       </w:r>
       <w:r w:rsidR="00D61B38" w:rsidRPr="00632B58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-        <w:t>Month Year – Month Year</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A5BBAA2" w14:textId="47F266C4" w:rsidR="00F97A0B" w:rsidRPr="00632B58" w:rsidRDefault="00F97A0B" w:rsidP="00F97A0B">
       <w:pPr>
         <w:pStyle w:val="ColorfulList-Accent11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10627"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180" w:hanging="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00632B58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -1020,1646 +748,1637 @@
       <w:r w:rsidRPr="00632B58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Scholarships Received, Other Academic Honors; in parentheses, include hours of involvement and applicable dates</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F67E12B" w14:textId="77777777" w:rsidR="00497F5A" w:rsidRPr="00BD3695" w:rsidRDefault="00497F5A" w:rsidP="005211D9">
       <w:pPr>
         <w:pStyle w:val="ColorfulList-Accent11"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="10627"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36BD2A01" w14:textId="2FFB96C6" w:rsidR="006A3088" w:rsidRPr="00BD3695" w:rsidRDefault="00B26264" w:rsidP="00224835">
+    <w:p w14:paraId="36BD2A01" w14:textId="2FFB96C6" w:rsidR="006A3088" w:rsidRPr="00BB3F04" w:rsidRDefault="00B26264" w:rsidP="00224835">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>HIGH SCHOOL</w:t>
+      </w:r>
+      <w:r w:rsidR="00E833CD" w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EXPERIENCE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161F5301" w14:textId="158B6497" w:rsidR="003A0994" w:rsidRPr="00BB3F04" w:rsidRDefault="003A0994" w:rsidP="003A0994">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00632B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Organization/Team Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>City, State</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3F04" w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3F04" w:rsidRPr="00632B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BB3F04" w:rsidRPr="00632B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Month Year – Month Year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC00808" w14:textId="660028FD" w:rsidR="003A0994" w:rsidRPr="00632B58" w:rsidRDefault="003A0994" w:rsidP="003A0994">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00632B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Role/Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51DD2CA7" w14:textId="0A094ADC" w:rsidR="00A11DDD" w:rsidRPr="00632B58" w:rsidRDefault="00A11DDD" w:rsidP="00A11DDD">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00632B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>In this bulleted section, select your most</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meaningful experiences and areas of involvement; highlight leadership positions, where applicable; items to consider for inclusion include work experiences, organization/team involvement, community service; note that only your most important experiences personally are to be included here with opportunity to list additional activities below</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47110A06" w14:textId="77777777" w:rsidR="00A11DDD" w:rsidRPr="00632B58" w:rsidRDefault="00A11DDD" w:rsidP="00A11DDD">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Use</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00632B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specific action words</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in your bullets; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00632B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>list specific results and achievement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, where appropriate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73BA6ED4" w14:textId="77777777" w:rsidR="00A11DDD" w:rsidRPr="00632B58" w:rsidRDefault="00A11DDD" w:rsidP="00A11DDD">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00632B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Minimum of 2 bullet points per item</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="523AB55F" w14:textId="77777777" w:rsidR="00A11DDD" w:rsidRPr="00632B58" w:rsidRDefault="00A11DDD" w:rsidP="00A11DDD">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="314CEF2E" w14:textId="64BD0E69" w:rsidR="00A11DDD" w:rsidRPr="00632B58" w:rsidRDefault="00A11DDD" w:rsidP="00A11DDD">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00632B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Other activities / honors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00632B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>: Athletics, SGA, Fraternity/Sorority, Campus Organizations, Community Involvement</w:t>
+      </w:r>
+      <w:r w:rsidR="004736A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (including community service)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00632B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Work Experiences, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00632B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Scholarships Received, Other Academic Honors; in parentheses, include hours of involvement and applicable dates</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080524FC" w14:textId="77777777" w:rsidR="00D8103A" w:rsidRPr="00BD3695" w:rsidRDefault="00D8103A" w:rsidP="00D8103A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27DD9378" w14:textId="7B333A12" w:rsidR="00EF147B" w:rsidRPr="00BB3F04" w:rsidRDefault="00F02087" w:rsidP="005211D9">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">SKILLS </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3F04" w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>AND</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> INTERESTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED6A57B" w14:textId="07DFE2E1" w:rsidR="00220961" w:rsidRPr="00BB3F04" w:rsidRDefault="00B577FF" w:rsidP="005211D9">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Skills</w:t>
+      </w:r>
+      <w:r w:rsidR="00220961" w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="003A0994" w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Include any relevant skills including technical skills, </w:t>
+      </w:r>
+      <w:r w:rsidR="005C0C5B" w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">foreign </w:t>
+      </w:r>
+      <w:r w:rsidR="003A0994" w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>language</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0C5B" w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proficiencies</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0994" w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, any special skills that might help you standout</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D88F508" w14:textId="75248429" w:rsidR="00C2302C" w:rsidRDefault="00677569" w:rsidP="005211D9">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Interests</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="003A0994" w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>List areas of interest outside of what might be apparent from your experiences, activities and honors</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0994" w:rsidRPr="00632B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listed above</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D5E0EC" w14:textId="4222AAE8" w:rsidR="0033082C" w:rsidRDefault="0033082C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527F68D2" w14:textId="0D9AC36E" w:rsidR="002324DB" w:rsidRDefault="002324DB" w:rsidP="002324DB">
+      <w:pPr>
+        <w:pStyle w:val="Normal1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Super Frog Sample</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034631E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE5182D" w14:textId="77777777" w:rsidR="002324DB" w:rsidRDefault="002324DB" w:rsidP="002324DB">
+      <w:pPr>
+        <w:pStyle w:val="Normal1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034631E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034631E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">555-5555 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034631E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034631E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0064">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>horned.frogs@tcu.edu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDD7905" w14:textId="77777777" w:rsidR="002324DB" w:rsidRDefault="002324DB" w:rsidP="002324DB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>www.linkedin.com/in/hornedfrogs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A78ACA0" w14:textId="77777777" w:rsidR="002324DB" w:rsidRPr="00BB3F04" w:rsidRDefault="002324DB" w:rsidP="002324DB">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>EDUCATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0283610D" w14:textId="77777777" w:rsidR="002324DB" w:rsidRPr="00BB3F04" w:rsidRDefault="002324DB" w:rsidP="002324DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Texas Christian University,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Neeley School of Business</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Fort Worth, TX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052EEAFF" w14:textId="414A3087" w:rsidR="002324DB" w:rsidRPr="00BB3F04" w:rsidRDefault="002324DB" w:rsidP="002324DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Bachelor of Business Administration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>May</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00261374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F9DFC0" w14:textId="1A86A575" w:rsidR="002324DB" w:rsidRPr="00BB3F04" w:rsidRDefault="002324DB" w:rsidP="002324DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Major: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Business Information Systems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GPA: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>x.xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5409B28A" w14:textId="26D4D742" w:rsidR="002324DB" w:rsidRPr="00BB3F04" w:rsidRDefault="002324DB" w:rsidP="002324DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Dallas High School</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Unweighted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">GPA: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>3.50/4.0; ACT: 33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Dallas, TX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1313351F" w14:textId="3D20E2EA" w:rsidR="002324DB" w:rsidRPr="00BB3F04" w:rsidRDefault="002324DB" w:rsidP="002324DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>College Preparatory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>May 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="720A5257" w14:textId="77777777" w:rsidR="0033082C" w:rsidRPr="00BD3695" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1105C93F" w14:textId="77777777" w:rsidR="0033082C" w:rsidRPr="00BD3695" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD3695">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>COLLEGE EXPERIENCE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26063042" w14:textId="35D25B2F" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="007D3E0F" w:rsidP="0033082C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>TCU Consulting Club</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB" w:rsidRPr="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fort Worth, TX</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">October </w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB" w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00261374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB" w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56761A8F" w14:textId="737CAA19" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="007D3E0F" w:rsidP="0033082C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>VP of Finance and Administratio</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5E321A" w14:textId="77777777" w:rsidR="007D3E0F" w:rsidRPr="007D3E0F" w:rsidRDefault="007D3E0F" w:rsidP="007D3E0F">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maintain a financial record of all active and non-active members, balance the yearly budget of $5,000, and act as a financial advisor for the organization </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19EDE493" w14:textId="74A47CC9" w:rsidR="0033082C" w:rsidRPr="007D3E0F" w:rsidRDefault="007D3E0F" w:rsidP="007D3E0F">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Evaluate then make decision to accept or reject financial project proposals  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5666977E" w14:textId="77777777" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38CEB08A" w14:textId="5655AF50" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Sigma Phi Epsilo</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB" w:rsidRPr="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, Fort Worth, TX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002324DB" w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>August 20</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00261374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB" w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C5769F5" w14:textId="08A1249C" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">New Member Class VP of Finance / Member </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7088D54F" w14:textId="03B77A8F" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Manage weekly budgets for the New Member Class of 20</w:t>
+      </w:r>
+      <w:r w:rsidR="008D76F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00261374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by recording all New Member Class expenses and cash inflows in an Excel spreadsheet to reduce the number of unnecessary purchases and improve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> budget</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6C3AE6" w14:textId="20512166" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participate in weekly meetings with the </w:t>
+      </w:r>
+      <w:r w:rsidR="005D202A" w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>three-member</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> leadership committee of the New Member Class of 20</w:t>
+      </w:r>
+      <w:r w:rsidR="008D76F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00261374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to implement strategic initiatives like weekly study hours, New Member Class dinner groups, and bible study</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1C657D" w14:textId="77777777" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Study for New Member quizzes focused on New Member Development to gain a better understanding of organizational structure, fraternity history, and current member involvement </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6E67BE" w14:textId="77777777" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="398EBD44" w14:textId="322B8EDD" w:rsidR="0033082C" w:rsidRPr="00BD3695" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Other activities / honors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Chancellor’s Scholar, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>KinderFrogs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Volunteer (~15 hours per semester), Dean’s List (Fall 20</w:t>
+      </w:r>
+      <w:r w:rsidR="008D76F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00261374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="004736A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Frog Aides, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F804BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reformed University Ministry, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Frog Camp Facilitator (Summer 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B43B6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E018C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, TCU Library Commons Information Officer (10 hour per week, Spring 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00261374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00E018C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33FF99FE" w14:textId="77777777" w:rsidR="0033082C" w:rsidRPr="00BD3695" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+      <w:pPr>
+        <w:pStyle w:val="ColorfulList-Accent11"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FC37944" w14:textId="77777777" w:rsidR="0033082C" w:rsidRPr="00BD3695" w:rsidRDefault="0033082C" w:rsidP="0033082C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10627"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD3695">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>HIGH SCHOOL</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">HIGH SCHOOL EXPERIENCE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3910174C" w14:textId="5B1CEF96" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10627"/>
+        </w:tabs>
+        <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> EXPERIENCE </w:t>
+        </w:rPr>
+        <w:t>Dallas High School Varsity Football</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB" w:rsidRPr="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB" w:rsidRPr="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Dallas, TX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002324DB" w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>August 20</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00261374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB" w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – November 20</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00261374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="161F5301" w14:textId="77777777" w:rsidR="003A0994" w:rsidRPr="00632B58" w:rsidRDefault="003A0994" w:rsidP="003A0994">
+    <w:p w14:paraId="395A802C" w14:textId="2E4908F5" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10627"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...32 lines deleted...]
-        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00632B58">
+      <w:r w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Role/Title    </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00632B58">
+        <w:t xml:space="preserve">Team Captain &amp; Quarterback (Junior &amp; Senior </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6059D" w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:tab/>
-[...1500 lines deleted...]
-        <w:t>3</w:t>
+        <w:t>Year)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF3EF59" w14:textId="312416A9" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180" w:hanging="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Elected by an over </w:t>
       </w:r>
       <w:r w:rsidR="00C6059D" w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>70-member</w:t>
@@ -2680,129 +2399,155 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180" w:hanging="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Named to the Dallas County All-Conference and 8A Texas Academic All-State Team</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A3F8C27" w14:textId="77777777" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10627"/>
         </w:tabs>
         <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12F07608" w14:textId="77777777" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+    <w:p w14:paraId="12F07608" w14:textId="4FAFFC6B" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10627"/>
         </w:tabs>
         <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Dallas High School Student Government</w:t>
       </w:r>
+      <w:r w:rsidR="002324DB" w:rsidRPr="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB" w:rsidRPr="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Dallas, TX</w:t>
+      </w:r>
       <w:r w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
-        <w:t>Dallas, TX</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB" w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>May 20</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00261374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB" w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – May 20</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00261374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DECDDC9" w14:textId="421D1A6B" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+    <w:p w14:paraId="2DECDDC9" w14:textId="221EC1B4" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10627"/>
         </w:tabs>
         <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Speaker of Dallas High</w:t>
-      </w:r>
-[...34 lines deleted...]
-        <w:t>23</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7305296E" w14:textId="44DC7DFD" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180" w:hanging="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Elected by the over </w:t>
       </w:r>
       <w:r w:rsidR="00C6059D" w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2700-person</w:t>
@@ -2819,222 +2564,269 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180" w:hanging="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Advocated for and implemented the improvement of healthiness of vending machine offerings, which helped improve the mental and physical wellbeing of numerous peers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="080DD641" w14:textId="77777777" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15E142CC" w14:textId="083132B6" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+    <w:p w14:paraId="15E142CC" w14:textId="0FBEE3B4" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Other activities / honors</w:t>
       </w:r>
       <w:r w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>: Feed My Starving Children Volunteer (~50 hours), Dallas Food Bank Volunteer (~25 hours), Prep Baseball Report All-State Team (20</w:t>
+        <w:t>: Feed My Starving Children Volunteer (50 hours), Dallas Food Bank Volunteer (25 hours), Prep Baseball Report All-State Team (20</w:t>
       </w:r>
       <w:r w:rsidR="004736A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
+      <w:r w:rsidR="00261374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>), IHSBCA All-State Team (20</w:t>
+      </w:r>
       <w:r w:rsidR="00B43B6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00123906">
-[...9 lines deleted...]
-        <w:t>21</w:t>
+      <w:r w:rsidR="00261374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DCC5503" w14:textId="77777777" w:rsidR="0033082C" w:rsidRPr="00BD3695" w:rsidRDefault="0033082C" w:rsidP="0033082C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22E64A2E" w14:textId="77777777" w:rsidR="0033082C" w:rsidRPr="00BD3695" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+    <w:p w14:paraId="22E64A2E" w14:textId="319FCC33" w:rsidR="0033082C" w:rsidRPr="00BD3695" w:rsidRDefault="0033082C" w:rsidP="0033082C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10627"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD3695">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>OTHER SKILLS &amp; INTERESTS</w:t>
+        <w:t>SKILLS &amp; INTERESTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B88460" w14:textId="77777777" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
+    <w:p w14:paraId="77B88460" w14:textId="1FA57B8D" w:rsidR="0033082C" w:rsidRPr="00123906" w:rsidRDefault="0033082C" w:rsidP="0033082C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing10"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="10627"/>
         </w:tabs>
         <w:spacing w:before="20" w:after="20"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00604665">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Skills:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Skills: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Microsoft Certifications (Excel 2016 &amp; PowerPoint 2016), Proficient in Spanish</w:t>
+        <w:t xml:space="preserve">Microsoft Certifications (Excel </w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PowerPoint</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, Spanish</w:t>
+      </w:r>
+      <w:r w:rsidR="002324DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (proficient)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="470352B5" w14:textId="788AC53E" w:rsidR="0033082C" w:rsidRPr="00632B58" w:rsidRDefault="0033082C" w:rsidP="0033082C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing1"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="10627"/>
         </w:tabs>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123906">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00604665">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Interests:</w:t>
       </w:r>
       <w:r w:rsidRPr="00123906">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> College Football, Intramural Sports, Sprint and Olympic Distance Triathlo</w:t>
       </w:r>
       <w:r w:rsidR="008F5BB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0033082C" w:rsidRPr="00632B58" w:rsidSect="00632B58">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1080" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4DEEBB7B" w14:textId="77777777" w:rsidR="005B35CE" w:rsidRDefault="005B35CE" w:rsidP="00EF147B">
+    <w:p w14:paraId="15C25DEB" w14:textId="77777777" w:rsidR="00FC152E" w:rsidRDefault="00FC152E" w:rsidP="00EF147B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="122644E7" w14:textId="77777777" w:rsidR="005B35CE" w:rsidRDefault="005B35CE" w:rsidP="00EF147B">
+    <w:p w14:paraId="0E78CA4F" w14:textId="77777777" w:rsidR="00FC152E" w:rsidRDefault="00FC152E" w:rsidP="00EF147B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3072,76 +2864,76 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C9F3A01" w14:textId="77777777" w:rsidR="005B35CE" w:rsidRDefault="005B35CE" w:rsidP="00EF147B">
+    <w:p w14:paraId="4450A0B8" w14:textId="77777777" w:rsidR="00FC152E" w:rsidRDefault="00FC152E" w:rsidP="00EF147B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59E92375" w14:textId="77777777" w:rsidR="005B35CE" w:rsidRDefault="005B35CE" w:rsidP="00EF147B">
+    <w:p w14:paraId="003DDEEB" w14:textId="77777777" w:rsidR="00FC152E" w:rsidRDefault="00FC152E" w:rsidP="00EF147B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03BB47FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24FC6212"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6018,279 +5810,287 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6489" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="91439768">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="465972970">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="237639182">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="58789288">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1705251558">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="936906077">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="2058233336">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="155801427">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1659965821">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="621155957">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1547376833">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="903107459">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1743872838">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1408963676">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="450979262">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="365906773">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1005011829">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1118446906">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="337467028">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="661861133">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1253975269">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="234828326">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="514808357">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1185755505">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="181167756">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0087534A"/>
     <w:rsid w:val="0000282C"/>
     <w:rsid w:val="00002D6C"/>
     <w:rsid w:val="0001697D"/>
     <w:rsid w:val="0002257C"/>
     <w:rsid w:val="000230FF"/>
     <w:rsid w:val="000245A0"/>
     <w:rsid w:val="00024CB9"/>
     <w:rsid w:val="0003066F"/>
     <w:rsid w:val="000312F7"/>
     <w:rsid w:val="00032929"/>
     <w:rsid w:val="000409DC"/>
     <w:rsid w:val="0004310C"/>
     <w:rsid w:val="000516AE"/>
     <w:rsid w:val="0005437A"/>
+    <w:rsid w:val="000553C1"/>
     <w:rsid w:val="00055B36"/>
     <w:rsid w:val="0006623D"/>
     <w:rsid w:val="0007364A"/>
     <w:rsid w:val="00082267"/>
     <w:rsid w:val="00082C70"/>
     <w:rsid w:val="000866D8"/>
     <w:rsid w:val="00086AFD"/>
     <w:rsid w:val="00090474"/>
     <w:rsid w:val="00094B89"/>
     <w:rsid w:val="000A2C81"/>
     <w:rsid w:val="000B2008"/>
     <w:rsid w:val="000B2B4E"/>
     <w:rsid w:val="000C1C57"/>
     <w:rsid w:val="000C26EB"/>
     <w:rsid w:val="000C3791"/>
     <w:rsid w:val="000C438F"/>
     <w:rsid w:val="000C5106"/>
     <w:rsid w:val="000D0975"/>
     <w:rsid w:val="000E5F17"/>
     <w:rsid w:val="001017E1"/>
     <w:rsid w:val="00101916"/>
     <w:rsid w:val="00102BC1"/>
     <w:rsid w:val="00120C42"/>
     <w:rsid w:val="001216D8"/>
     <w:rsid w:val="0012677C"/>
     <w:rsid w:val="001269DB"/>
     <w:rsid w:val="001345BD"/>
     <w:rsid w:val="0013468B"/>
     <w:rsid w:val="0013552E"/>
     <w:rsid w:val="001515B5"/>
     <w:rsid w:val="0015300E"/>
     <w:rsid w:val="0015499F"/>
+    <w:rsid w:val="001572C1"/>
     <w:rsid w:val="001603CE"/>
     <w:rsid w:val="00171907"/>
     <w:rsid w:val="0018662E"/>
+    <w:rsid w:val="00190E6C"/>
     <w:rsid w:val="00191392"/>
     <w:rsid w:val="001A2809"/>
     <w:rsid w:val="001A536D"/>
     <w:rsid w:val="001A54B2"/>
     <w:rsid w:val="001B0F3B"/>
     <w:rsid w:val="001B482A"/>
     <w:rsid w:val="001D6A07"/>
     <w:rsid w:val="001E191B"/>
     <w:rsid w:val="001E31F9"/>
     <w:rsid w:val="001E40A8"/>
     <w:rsid w:val="001F0841"/>
     <w:rsid w:val="001F089E"/>
     <w:rsid w:val="001F1AAD"/>
     <w:rsid w:val="001F2D9F"/>
     <w:rsid w:val="00207F65"/>
     <w:rsid w:val="00220961"/>
     <w:rsid w:val="00221882"/>
     <w:rsid w:val="0022347B"/>
     <w:rsid w:val="00224835"/>
     <w:rsid w:val="002259B7"/>
     <w:rsid w:val="0023079E"/>
+    <w:rsid w:val="002324DB"/>
     <w:rsid w:val="0024311D"/>
     <w:rsid w:val="0025226C"/>
     <w:rsid w:val="002559B1"/>
     <w:rsid w:val="002564EA"/>
     <w:rsid w:val="002565FE"/>
+    <w:rsid w:val="00261374"/>
     <w:rsid w:val="002656BA"/>
     <w:rsid w:val="00274992"/>
+    <w:rsid w:val="002757A3"/>
     <w:rsid w:val="00280B21"/>
     <w:rsid w:val="0028233F"/>
     <w:rsid w:val="00285067"/>
     <w:rsid w:val="002A0D8A"/>
     <w:rsid w:val="002A306F"/>
     <w:rsid w:val="002A4EAA"/>
     <w:rsid w:val="002B1839"/>
+    <w:rsid w:val="002B2F12"/>
     <w:rsid w:val="002C2820"/>
     <w:rsid w:val="002D1D15"/>
     <w:rsid w:val="002D27AB"/>
     <w:rsid w:val="002F3AC0"/>
     <w:rsid w:val="00300D62"/>
     <w:rsid w:val="0031003D"/>
     <w:rsid w:val="00316644"/>
     <w:rsid w:val="00320F7D"/>
     <w:rsid w:val="00322A29"/>
     <w:rsid w:val="00323F70"/>
     <w:rsid w:val="00325122"/>
     <w:rsid w:val="0033082C"/>
     <w:rsid w:val="00334751"/>
     <w:rsid w:val="00341314"/>
     <w:rsid w:val="00352D01"/>
     <w:rsid w:val="003663DA"/>
     <w:rsid w:val="00372356"/>
     <w:rsid w:val="00373ACF"/>
     <w:rsid w:val="003833A3"/>
     <w:rsid w:val="0038556C"/>
     <w:rsid w:val="00386AC8"/>
     <w:rsid w:val="00393676"/>
     <w:rsid w:val="00394B39"/>
     <w:rsid w:val="003963B3"/>
     <w:rsid w:val="003A0994"/>
     <w:rsid w:val="003A61E7"/>
     <w:rsid w:val="003B26AB"/>
     <w:rsid w:val="003B3FD0"/>
     <w:rsid w:val="003C61C1"/>
     <w:rsid w:val="003D166C"/>
     <w:rsid w:val="003D2EE7"/>
     <w:rsid w:val="003D3CCB"/>
     <w:rsid w:val="003D3D36"/>
     <w:rsid w:val="003D4E80"/>
     <w:rsid w:val="003D5E4E"/>
     <w:rsid w:val="003D6E2B"/>
+    <w:rsid w:val="003E3C35"/>
     <w:rsid w:val="003F0C07"/>
     <w:rsid w:val="003F2615"/>
     <w:rsid w:val="003F28A4"/>
     <w:rsid w:val="003F705A"/>
     <w:rsid w:val="00401F41"/>
     <w:rsid w:val="0042253C"/>
     <w:rsid w:val="004313F7"/>
     <w:rsid w:val="004314F8"/>
     <w:rsid w:val="00434C16"/>
     <w:rsid w:val="00436665"/>
     <w:rsid w:val="00441E20"/>
     <w:rsid w:val="00445CB0"/>
     <w:rsid w:val="00447417"/>
     <w:rsid w:val="0045109C"/>
     <w:rsid w:val="0045255D"/>
     <w:rsid w:val="004562B7"/>
     <w:rsid w:val="00456F8A"/>
     <w:rsid w:val="004736A7"/>
     <w:rsid w:val="00474FF2"/>
     <w:rsid w:val="004804CC"/>
     <w:rsid w:val="00481B0B"/>
     <w:rsid w:val="004833B7"/>
     <w:rsid w:val="00493B3F"/>
     <w:rsid w:val="00493E0B"/>
     <w:rsid w:val="00497F5A"/>
@@ -6315,50 +6115,51 @@
     <w:rsid w:val="00544312"/>
     <w:rsid w:val="00545681"/>
     <w:rsid w:val="00562296"/>
     <w:rsid w:val="00565ED7"/>
     <w:rsid w:val="00574694"/>
     <w:rsid w:val="00575B42"/>
     <w:rsid w:val="00583698"/>
     <w:rsid w:val="005978F2"/>
     <w:rsid w:val="005A00EE"/>
     <w:rsid w:val="005B3226"/>
     <w:rsid w:val="005B35CE"/>
     <w:rsid w:val="005B554A"/>
     <w:rsid w:val="005B6E11"/>
     <w:rsid w:val="005C0C5B"/>
     <w:rsid w:val="005C1F4D"/>
     <w:rsid w:val="005D0C09"/>
     <w:rsid w:val="005D202A"/>
     <w:rsid w:val="005D2D56"/>
     <w:rsid w:val="005D4A96"/>
     <w:rsid w:val="005D5437"/>
     <w:rsid w:val="005D78C5"/>
     <w:rsid w:val="005D7F83"/>
     <w:rsid w:val="005E3412"/>
     <w:rsid w:val="00601372"/>
     <w:rsid w:val="00603665"/>
+    <w:rsid w:val="00604665"/>
     <w:rsid w:val="00607446"/>
     <w:rsid w:val="00610BDF"/>
     <w:rsid w:val="00624E70"/>
     <w:rsid w:val="00632B58"/>
     <w:rsid w:val="00633010"/>
     <w:rsid w:val="00636922"/>
     <w:rsid w:val="00640EBD"/>
     <w:rsid w:val="00656253"/>
     <w:rsid w:val="00663C9C"/>
     <w:rsid w:val="00667805"/>
     <w:rsid w:val="006701A7"/>
     <w:rsid w:val="0067058A"/>
     <w:rsid w:val="00670D92"/>
     <w:rsid w:val="006735A9"/>
     <w:rsid w:val="0067631C"/>
     <w:rsid w:val="006763D5"/>
     <w:rsid w:val="00676D30"/>
     <w:rsid w:val="00677569"/>
     <w:rsid w:val="00680E31"/>
     <w:rsid w:val="006860C1"/>
     <w:rsid w:val="00690684"/>
     <w:rsid w:val="00690FC4"/>
     <w:rsid w:val="00695905"/>
     <w:rsid w:val="00696C2E"/>
     <w:rsid w:val="006A3088"/>
@@ -6408,50 +6209,51 @@
     <w:rsid w:val="007D3E0F"/>
     <w:rsid w:val="007E2D87"/>
     <w:rsid w:val="007F0923"/>
     <w:rsid w:val="007F1AD6"/>
     <w:rsid w:val="008035EB"/>
     <w:rsid w:val="00816B92"/>
     <w:rsid w:val="0082060E"/>
     <w:rsid w:val="0082176B"/>
     <w:rsid w:val="00822CCF"/>
     <w:rsid w:val="00832EBE"/>
     <w:rsid w:val="00836151"/>
     <w:rsid w:val="00840BCD"/>
     <w:rsid w:val="008566D9"/>
     <w:rsid w:val="00861B97"/>
     <w:rsid w:val="0086237F"/>
     <w:rsid w:val="008721C1"/>
     <w:rsid w:val="00874B2A"/>
     <w:rsid w:val="0087534A"/>
     <w:rsid w:val="008850A5"/>
     <w:rsid w:val="00887A8E"/>
     <w:rsid w:val="00891933"/>
     <w:rsid w:val="0089229D"/>
     <w:rsid w:val="008971A2"/>
     <w:rsid w:val="008A0D18"/>
     <w:rsid w:val="008A15D7"/>
+    <w:rsid w:val="008A2014"/>
     <w:rsid w:val="008A79B2"/>
     <w:rsid w:val="008B46BC"/>
     <w:rsid w:val="008C262E"/>
     <w:rsid w:val="008C2634"/>
     <w:rsid w:val="008C368C"/>
     <w:rsid w:val="008C7D51"/>
     <w:rsid w:val="008D2C7C"/>
     <w:rsid w:val="008D340C"/>
     <w:rsid w:val="008D76F2"/>
     <w:rsid w:val="008E5269"/>
     <w:rsid w:val="008E67A5"/>
     <w:rsid w:val="008E6E42"/>
     <w:rsid w:val="008E7ED7"/>
     <w:rsid w:val="008F22D8"/>
     <w:rsid w:val="008F5BB9"/>
     <w:rsid w:val="008F5C22"/>
     <w:rsid w:val="00905B68"/>
     <w:rsid w:val="00910C18"/>
     <w:rsid w:val="0092091E"/>
     <w:rsid w:val="00922F0E"/>
     <w:rsid w:val="00925C7C"/>
     <w:rsid w:val="00932689"/>
     <w:rsid w:val="0095727E"/>
     <w:rsid w:val="00964259"/>
     <w:rsid w:val="0097330B"/>
@@ -6512,52 +6314,54 @@
     <w:rsid w:val="00B10019"/>
     <w:rsid w:val="00B12716"/>
     <w:rsid w:val="00B160DB"/>
     <w:rsid w:val="00B26264"/>
     <w:rsid w:val="00B270CC"/>
     <w:rsid w:val="00B30395"/>
     <w:rsid w:val="00B34705"/>
     <w:rsid w:val="00B43B6C"/>
     <w:rsid w:val="00B44788"/>
     <w:rsid w:val="00B476BB"/>
     <w:rsid w:val="00B51E6D"/>
     <w:rsid w:val="00B57412"/>
     <w:rsid w:val="00B577FF"/>
     <w:rsid w:val="00B57CCF"/>
     <w:rsid w:val="00B61CD3"/>
     <w:rsid w:val="00B651BB"/>
     <w:rsid w:val="00B702EF"/>
     <w:rsid w:val="00B70C69"/>
     <w:rsid w:val="00B870C3"/>
     <w:rsid w:val="00B9094E"/>
     <w:rsid w:val="00BA2068"/>
     <w:rsid w:val="00BA3CCD"/>
     <w:rsid w:val="00BB0248"/>
     <w:rsid w:val="00BB0809"/>
     <w:rsid w:val="00BB155C"/>
+    <w:rsid w:val="00BB3F04"/>
     <w:rsid w:val="00BB679F"/>
     <w:rsid w:val="00BB7B84"/>
+    <w:rsid w:val="00BC5F54"/>
     <w:rsid w:val="00BC6E24"/>
     <w:rsid w:val="00BD3695"/>
     <w:rsid w:val="00BD4EAF"/>
     <w:rsid w:val="00BE39DC"/>
     <w:rsid w:val="00BE4A80"/>
     <w:rsid w:val="00BE5305"/>
     <w:rsid w:val="00BE596A"/>
     <w:rsid w:val="00BE693A"/>
     <w:rsid w:val="00BF0AFC"/>
     <w:rsid w:val="00BF6A39"/>
     <w:rsid w:val="00C0662A"/>
     <w:rsid w:val="00C12A30"/>
     <w:rsid w:val="00C138AA"/>
     <w:rsid w:val="00C13EBF"/>
     <w:rsid w:val="00C144AD"/>
     <w:rsid w:val="00C17E77"/>
     <w:rsid w:val="00C2302C"/>
     <w:rsid w:val="00C3140C"/>
     <w:rsid w:val="00C35EE8"/>
     <w:rsid w:val="00C37C2C"/>
     <w:rsid w:val="00C4546C"/>
     <w:rsid w:val="00C46D3E"/>
     <w:rsid w:val="00C513B0"/>
     <w:rsid w:val="00C55D34"/>
     <w:rsid w:val="00C6059D"/>
@@ -6611,127 +6415,130 @@
     <w:rsid w:val="00E17931"/>
     <w:rsid w:val="00E2556E"/>
     <w:rsid w:val="00E32127"/>
     <w:rsid w:val="00E34B50"/>
     <w:rsid w:val="00E46A2C"/>
     <w:rsid w:val="00E5190F"/>
     <w:rsid w:val="00E51ECA"/>
     <w:rsid w:val="00E608DA"/>
     <w:rsid w:val="00E6654F"/>
     <w:rsid w:val="00E76E33"/>
     <w:rsid w:val="00E82DEE"/>
     <w:rsid w:val="00E833CD"/>
     <w:rsid w:val="00E93485"/>
     <w:rsid w:val="00E94743"/>
     <w:rsid w:val="00E96CAD"/>
     <w:rsid w:val="00EA0A07"/>
     <w:rsid w:val="00EA282B"/>
     <w:rsid w:val="00EB0D29"/>
     <w:rsid w:val="00EB1D00"/>
     <w:rsid w:val="00EB62DC"/>
     <w:rsid w:val="00EC268B"/>
     <w:rsid w:val="00EC7DDD"/>
     <w:rsid w:val="00ED7C67"/>
     <w:rsid w:val="00EE0B18"/>
     <w:rsid w:val="00EE164A"/>
+    <w:rsid w:val="00EE64FF"/>
     <w:rsid w:val="00EE6FE2"/>
     <w:rsid w:val="00EF147B"/>
     <w:rsid w:val="00EF377E"/>
     <w:rsid w:val="00EF3C8F"/>
     <w:rsid w:val="00EF640E"/>
     <w:rsid w:val="00EF687F"/>
     <w:rsid w:val="00F02087"/>
     <w:rsid w:val="00F06BB4"/>
     <w:rsid w:val="00F15457"/>
     <w:rsid w:val="00F15799"/>
     <w:rsid w:val="00F204A5"/>
     <w:rsid w:val="00F25874"/>
     <w:rsid w:val="00F3013D"/>
     <w:rsid w:val="00F327D4"/>
     <w:rsid w:val="00F371E4"/>
     <w:rsid w:val="00F37D54"/>
     <w:rsid w:val="00F46FED"/>
     <w:rsid w:val="00F511B3"/>
     <w:rsid w:val="00F52BB0"/>
     <w:rsid w:val="00F546D2"/>
     <w:rsid w:val="00F609F0"/>
     <w:rsid w:val="00F60C19"/>
     <w:rsid w:val="00F61BAE"/>
     <w:rsid w:val="00F626BD"/>
     <w:rsid w:val="00F62B54"/>
     <w:rsid w:val="00F63694"/>
+    <w:rsid w:val="00F676ED"/>
     <w:rsid w:val="00F67F2A"/>
     <w:rsid w:val="00F73B73"/>
     <w:rsid w:val="00F756D1"/>
     <w:rsid w:val="00F80CB2"/>
     <w:rsid w:val="00F840A5"/>
     <w:rsid w:val="00F919DC"/>
     <w:rsid w:val="00F936E0"/>
     <w:rsid w:val="00F9469D"/>
     <w:rsid w:val="00F957BE"/>
     <w:rsid w:val="00F9668E"/>
     <w:rsid w:val="00F96B9E"/>
     <w:rsid w:val="00F97A0B"/>
     <w:rsid w:val="00FA35F6"/>
     <w:rsid w:val="00FA77EB"/>
     <w:rsid w:val="00FA7964"/>
     <w:rsid w:val="00FB2C7B"/>
     <w:rsid w:val="00FB2E46"/>
     <w:rsid w:val="00FB50BC"/>
     <w:rsid w:val="00FB7037"/>
+    <w:rsid w:val="00FC152E"/>
     <w:rsid w:val="00FC2966"/>
     <w:rsid w:val="00FC3103"/>
     <w:rsid w:val="00FC521C"/>
     <w:rsid w:val="00FD1ECB"/>
     <w:rsid w:val="00FD22DE"/>
     <w:rsid w:val="00FF022F"/>
     <w:rsid w:val="00FF3841"/>
     <w:rsid w:val="00FF4981"/>
     <w:rsid w:val="00FF5B82"/>
     <w:rsid w:val="00FF5C22"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="32799CC8"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -6814,98 +6621,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No Spacing" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="60"/>
     <w:lsdException w:name="Dark List" w:uiPriority="61"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="62"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="63"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="64"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="71"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="73" w:qFormat="1"/>
@@ -7448,50 +7258,63 @@
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006D4B57"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003B3FD0"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="252" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
+    <w:name w:val="Normal1"/>
+    <w:rsid w:val="001572C1"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="51975936">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="608002869">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -7859,67 +7682,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{619AD1C7-9CFC-4A3B-A395-ADC79648E37C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>786</Words>
-  <Characters>4485</Characters>
+  <Words>711</Words>
+  <Characters>4445</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5261</CharactersWithSpaces>
+  <CharactersWithSpaces>5146</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Sebastian Sinisterra</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>